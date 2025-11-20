--- v0 (2025-10-09)
+++ v1 (2025-11-20)
@@ -1,133 +1,107 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kmccoybl\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E8756BE1-9ECC-4CB1-8CD1-A50E26D33334}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DC7C5B97-4607-4CD1-BD4D-B205427A846B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{19EF3BA7-B933-4DFC-93CE-371255C9F7D8}"/>
   </bookViews>
   <sheets>
-    <sheet name="OUT OF STATE TRAVEL AUTHORIZATI" sheetId="1" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Data" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="Q41" i="1" l="1"/>
-  <c r="Q45" i="1" s="1"/>
+  <c r="Q45" i="1" l="1"/>
   <c r="O44" i="1"/>
   <c r="O43" i="1"/>
   <c r="O42" i="1"/>
   <c r="O40" i="1"/>
-  <c r="O45" i="1" l="1" a="1"/>
-  <c r="O45" i="1" s="1"/>
+  <c r="O45" i="1" l="1"/>
   <c r="F45" i="1"/>
   <c r="Q46" i="1" s="1"/>
   <c r="Q49" i="1" s="1"/>
   <c r="D44" i="1"/>
-  <c r="D45" i="1" s="1" a="1"/>
-  <c r="D45" i="1" s="1"/>
+  <c r="D45" i="1" l="1"/>
   <c r="O46" i="1" s="1"/>
   <c r="O49" i="1" s="1"/>
-  <c r="O50" i="1" s="1"/>
 </calcChain>
 </file>
 
-<file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
-[...20 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="148" uniqueCount="126">
   <si>
     <t>OUT OF STATE TRAVEL AUTHORIZATION/REQUISITION</t>
   </si>
   <si>
     <t>A copy of this form should be kept in your office files upon approval by the appropriate university officials</t>
   </si>
   <si>
     <t>Name:</t>
   </si>
   <si>
     <t>Banner ID#: @</t>
   </si>
   <si>
     <t>Department:</t>
   </si>
   <si>
     <t>Academic Affairs</t>
   </si>
   <si>
     <t>Administrative Services</t>
   </si>
   <si>
     <t>Admissions</t>
   </si>
   <si>
@@ -474,59 +448,65 @@
   </si>
   <si>
     <t>Director/Chair/Supervisor Signature:</t>
   </si>
   <si>
     <t>Approved</t>
   </si>
   <si>
     <t>Not Approved</t>
   </si>
   <si>
     <t>Reason:</t>
   </si>
   <si>
     <t>Travel Expenses are:</t>
   </si>
   <si>
     <t>REQ#:</t>
   </si>
   <si>
     <t>Entered by:</t>
   </si>
   <si>
     <t>Select from Dropdown</t>
   </si>
+  <si>
+    <t>FOAPAL For PCARD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -555,96 +535,108 @@
       <sz val="9"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="28"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="8"/>
-      <color theme="1"/>
+      <sz val="9"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FFA20000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
+      <sz val="8"/>
+      <color rgb="FFA20000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="7">
+  <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF99"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color theme="9" tint="-0.249977111117893"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
@@ -746,222 +738,228 @@
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="55">
+  <cellXfs count="57">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="43" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="43" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="2" fillId="7" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="2" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="43" fontId="2" fillId="4" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="43" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="2" fillId="4" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="43" fontId="2" fillId="4" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...64 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
       <color rgb="FFCCCCFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>57150</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>533400</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="Fitchburg State University banner and logo">
           <a:extLst>
@@ -1374,1061 +1372,1062 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FFAF5E1A-9040-426E-A7A8-CFB3D9CA6E65}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B4:S70"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I15" sqref="I15"/>
+      <selection activeCell="D11" sqref="D11:J11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="9.453125" style="2" customWidth="1"/>
     <col min="2" max="2" width="8.1796875" style="2" customWidth="1"/>
     <col min="3" max="3" width="8" style="2" customWidth="1"/>
     <col min="4" max="14" width="9.1796875" style="2"/>
     <col min="15" max="15" width="12.81640625" style="2" customWidth="1"/>
     <col min="16" max="16384" width="9.1796875" style="2"/>
   </cols>
   <sheetData>
     <row r="4" spans="2:18" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
     </row>
     <row r="5" spans="2:18" x14ac:dyDescent="0.3">
-      <c r="L5" s="47" t="s">
+      <c r="L5" s="27" t="s">
         <v>0</v>
       </c>
-      <c r="M5" s="47"/>
-[...4 lines deleted...]
-      <c r="R5" s="47"/>
+      <c r="M5" s="27"/>
+      <c r="N5" s="27"/>
+      <c r="O5" s="27"/>
+      <c r="P5" s="27"/>
+      <c r="Q5" s="27"/>
+      <c r="R5" s="27"/>
     </row>
     <row r="7" spans="2:18" x14ac:dyDescent="0.3">
       <c r="E7" s="5" t="s">
         <v>1</v>
       </c>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
       <c r="I7" s="5"/>
       <c r="J7" s="5"/>
       <c r="K7" s="5"/>
       <c r="L7" s="5"/>
       <c r="M7" s="5"/>
       <c r="N7" s="5"/>
       <c r="O7" s="5"/>
     </row>
     <row r="9" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B9" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C9" s="48"/>
-[...5 lines deleted...]
-      <c r="I9" s="48"/>
+      <c r="C9" s="28"/>
+      <c r="D9" s="28"/>
+      <c r="E9" s="28"/>
+      <c r="F9" s="28"/>
+      <c r="G9" s="28"/>
+      <c r="H9" s="28"/>
+      <c r="I9" s="28"/>
       <c r="K9" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="M9" s="48"/>
-[...3 lines deleted...]
-      <c r="Q9" s="48"/>
+      <c r="M9" s="28"/>
+      <c r="N9" s="28"/>
+      <c r="O9" s="28"/>
+      <c r="P9" s="28"/>
+      <c r="Q9" s="28"/>
     </row>
     <row r="11" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B11" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D11" s="49" t="s">
+      <c r="D11" s="29" t="s">
         <v>123</v>
       </c>
-      <c r="E11" s="49"/>
-[...4 lines deleted...]
-      <c r="J11" s="49"/>
+      <c r="E11" s="29"/>
+      <c r="F11" s="29"/>
+      <c r="G11" s="29"/>
+      <c r="H11" s="29"/>
+      <c r="I11" s="29"/>
+      <c r="J11" s="29"/>
     </row>
     <row r="13" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B13" s="2" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="15" spans="2:18" x14ac:dyDescent="0.3">
       <c r="C15" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="D15" s="50"/>
-      <c r="E15" s="50"/>
+      <c r="D15" s="26"/>
+      <c r="E15" s="26"/>
       <c r="F15" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="G15" s="50"/>
-      <c r="H15" s="50"/>
+      <c r="G15" s="26"/>
+      <c r="H15" s="26"/>
       <c r="K15" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="L15" s="50"/>
-      <c r="M15" s="50"/>
+      <c r="L15" s="26"/>
+      <c r="M15" s="26"/>
       <c r="N15" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="O15" s="35"/>
-      <c r="P15" s="35"/>
+      <c r="O15" s="30"/>
+      <c r="P15" s="30"/>
     </row>
     <row r="16" spans="2:18" ht="12" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="D16" s="51" t="s">
+      <c r="D16" s="25" t="s">
         <v>67</v>
       </c>
-      <c r="E16" s="51"/>
-      <c r="G16" s="51" t="s">
+      <c r="E16" s="25"/>
+      <c r="G16" s="25" t="s">
         <v>69</v>
       </c>
-      <c r="H16" s="51"/>
-      <c r="L16" s="51" t="s">
+      <c r="H16" s="25"/>
+      <c r="L16" s="25" t="s">
         <v>67</v>
       </c>
-      <c r="M16" s="51"/>
-      <c r="O16" s="51" t="s">
+      <c r="M16" s="25"/>
+      <c r="O16" s="25" t="s">
         <v>69</v>
       </c>
-      <c r="P16" s="51"/>
+      <c r="P16" s="25"/>
     </row>
     <row r="18" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="19" spans="2:18" x14ac:dyDescent="0.3">
       <c r="D19" s="2" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="20" spans="2:18" x14ac:dyDescent="0.3">
-      <c r="B20" s="12"/>
-[...15 lines deleted...]
-      <c r="R20" s="13"/>
+      <c r="B20" s="11"/>
+      <c r="C20" s="12"/>
+      <c r="D20" s="12"/>
+      <c r="E20" s="12"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="12"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="12"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="12"/>
+      <c r="L20" s="12"/>
+      <c r="M20" s="12"/>
+      <c r="N20" s="12"/>
+      <c r="O20" s="12"/>
+      <c r="P20" s="12"/>
+      <c r="Q20" s="12"/>
+      <c r="R20" s="12"/>
     </row>
     <row r="21" spans="2:18" x14ac:dyDescent="0.3">
-      <c r="B21" s="12"/>
-[...15 lines deleted...]
-      <c r="R21" s="13"/>
+      <c r="B21" s="11"/>
+      <c r="C21" s="12"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="12"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="12"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="12"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="12"/>
+      <c r="L21" s="12"/>
+      <c r="M21" s="12"/>
+      <c r="N21" s="12"/>
+      <c r="O21" s="12"/>
+      <c r="P21" s="12"/>
+      <c r="Q21" s="12"/>
+      <c r="R21" s="12"/>
     </row>
     <row r="22" spans="2:18" x14ac:dyDescent="0.3">
-      <c r="B22" s="12"/>
-[...15 lines deleted...]
-      <c r="R22" s="13"/>
+      <c r="B22" s="11"/>
+      <c r="C22" s="12"/>
+      <c r="D22" s="12"/>
+      <c r="E22" s="12"/>
+      <c r="F22" s="12"/>
+      <c r="G22" s="12"/>
+      <c r="H22" s="12"/>
+      <c r="I22" s="12"/>
+      <c r="J22" s="12"/>
+      <c r="K22" s="12"/>
+      <c r="L22" s="12"/>
+      <c r="M22" s="12"/>
+      <c r="N22" s="12"/>
+      <c r="O22" s="12"/>
+      <c r="P22" s="12"/>
+      <c r="Q22" s="12"/>
+      <c r="R22" s="12"/>
     </row>
     <row r="23" spans="2:18" x14ac:dyDescent="0.3">
-      <c r="B23" s="12"/>
-[...15 lines deleted...]
-      <c r="R23" s="13"/>
+      <c r="B23" s="11"/>
+      <c r="C23" s="12"/>
+      <c r="D23" s="12"/>
+      <c r="E23" s="12"/>
+      <c r="F23" s="12"/>
+      <c r="G23" s="12"/>
+      <c r="H23" s="12"/>
+      <c r="I23" s="12"/>
+      <c r="J23" s="12"/>
+      <c r="K23" s="12"/>
+      <c r="L23" s="12"/>
+      <c r="M23" s="12"/>
+      <c r="N23" s="12"/>
+      <c r="O23" s="12"/>
+      <c r="P23" s="12"/>
+      <c r="Q23" s="12"/>
+      <c r="R23" s="12"/>
     </row>
     <row r="24" spans="2:18" x14ac:dyDescent="0.3">
-      <c r="B24" s="12"/>
-[...15 lines deleted...]
-      <c r="R24" s="13"/>
+      <c r="B24" s="11"/>
+      <c r="C24" s="12"/>
+      <c r="D24" s="12"/>
+      <c r="E24" s="12"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="12"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="12"/>
+      <c r="J24" s="12"/>
+      <c r="K24" s="12"/>
+      <c r="L24" s="12"/>
+      <c r="M24" s="12"/>
+      <c r="N24" s="12"/>
+      <c r="O24" s="12"/>
+      <c r="P24" s="12"/>
+      <c r="Q24" s="12"/>
+      <c r="R24" s="12"/>
     </row>
     <row r="25" spans="2:18" x14ac:dyDescent="0.3">
-      <c r="B25" s="12"/>
-[...15 lines deleted...]
-      <c r="R25" s="13"/>
+      <c r="B25" s="11"/>
+      <c r="C25" s="12"/>
+      <c r="D25" s="12"/>
+      <c r="E25" s="12"/>
+      <c r="F25" s="12"/>
+      <c r="G25" s="12"/>
+      <c r="H25" s="12"/>
+      <c r="I25" s="12"/>
+      <c r="J25" s="12"/>
+      <c r="K25" s="12"/>
+      <c r="L25" s="12"/>
+      <c r="M25" s="12"/>
+      <c r="N25" s="12"/>
+      <c r="O25" s="12"/>
+      <c r="P25" s="12"/>
+      <c r="Q25" s="12"/>
+      <c r="R25" s="12"/>
     </row>
     <row r="26" spans="2:18" x14ac:dyDescent="0.3">
-      <c r="B26" s="12"/>
-[...15 lines deleted...]
-      <c r="R26" s="13"/>
+      <c r="B26" s="11"/>
+      <c r="C26" s="12"/>
+      <c r="D26" s="12"/>
+      <c r="E26" s="12"/>
+      <c r="F26" s="12"/>
+      <c r="G26" s="12"/>
+      <c r="H26" s="12"/>
+      <c r="I26" s="12"/>
+      <c r="J26" s="12"/>
+      <c r="K26" s="12"/>
+      <c r="L26" s="12"/>
+      <c r="M26" s="12"/>
+      <c r="N26" s="12"/>
+      <c r="O26" s="12"/>
+      <c r="P26" s="12"/>
+      <c r="Q26" s="12"/>
+      <c r="R26" s="12"/>
     </row>
     <row r="27" spans="2:18" x14ac:dyDescent="0.3">
-      <c r="B27" s="12"/>
-[...15 lines deleted...]
-      <c r="R27" s="13"/>
+      <c r="B27" s="11"/>
+      <c r="C27" s="12"/>
+      <c r="D27" s="12"/>
+      <c r="E27" s="12"/>
+      <c r="F27" s="12"/>
+      <c r="G27" s="12"/>
+      <c r="H27" s="12"/>
+      <c r="I27" s="12"/>
+      <c r="J27" s="12"/>
+      <c r="K27" s="12"/>
+      <c r="L27" s="12"/>
+      <c r="M27" s="12"/>
+      <c r="N27" s="12"/>
+      <c r="O27" s="12"/>
+      <c r="P27" s="12"/>
+      <c r="Q27" s="12"/>
+      <c r="R27" s="12"/>
     </row>
     <row r="28" spans="2:18" x14ac:dyDescent="0.3">
-      <c r="B28" s="12"/>
-[...15 lines deleted...]
-      <c r="R28" s="13"/>
+      <c r="B28" s="11"/>
+      <c r="C28" s="12"/>
+      <c r="D28" s="12"/>
+      <c r="E28" s="12"/>
+      <c r="F28" s="12"/>
+      <c r="G28" s="12"/>
+      <c r="H28" s="12"/>
+      <c r="I28" s="12"/>
+      <c r="J28" s="12"/>
+      <c r="K28" s="12"/>
+      <c r="L28" s="12"/>
+      <c r="M28" s="12"/>
+      <c r="N28" s="12"/>
+      <c r="O28" s="12"/>
+      <c r="P28" s="12"/>
+      <c r="Q28" s="12"/>
+      <c r="R28" s="12"/>
     </row>
     <row r="29" spans="2:18" x14ac:dyDescent="0.3">
-      <c r="B29" s="12"/>
-[...15 lines deleted...]
-      <c r="R29" s="13"/>
+      <c r="B29" s="11"/>
+      <c r="C29" s="12"/>
+      <c r="D29" s="12"/>
+      <c r="E29" s="12"/>
+      <c r="F29" s="12"/>
+      <c r="G29" s="12"/>
+      <c r="H29" s="12"/>
+      <c r="I29" s="12"/>
+      <c r="J29" s="12"/>
+      <c r="K29" s="12"/>
+      <c r="L29" s="12"/>
+      <c r="M29" s="12"/>
+      <c r="N29" s="12"/>
+      <c r="O29" s="12"/>
+      <c r="P29" s="12"/>
+      <c r="Q29" s="12"/>
+      <c r="R29" s="12"/>
     </row>
     <row r="30" spans="2:18" x14ac:dyDescent="0.3">
-      <c r="B30" s="12"/>
-[...15 lines deleted...]
-      <c r="R30" s="13"/>
+      <c r="B30" s="11"/>
+      <c r="C30" s="12"/>
+      <c r="D30" s="12"/>
+      <c r="E30" s="12"/>
+      <c r="F30" s="12"/>
+      <c r="G30" s="12"/>
+      <c r="H30" s="12"/>
+      <c r="I30" s="12"/>
+      <c r="J30" s="12"/>
+      <c r="K30" s="12"/>
+      <c r="L30" s="12"/>
+      <c r="M30" s="12"/>
+      <c r="N30" s="12"/>
+      <c r="O30" s="12"/>
+      <c r="P30" s="12"/>
+      <c r="Q30" s="12"/>
+      <c r="R30" s="12"/>
     </row>
     <row r="31" spans="2:18" x14ac:dyDescent="0.3">
-      <c r="B31" s="12"/>
-[...15 lines deleted...]
-      <c r="R31" s="13"/>
+      <c r="B31" s="11"/>
+      <c r="C31" s="12"/>
+      <c r="D31" s="12"/>
+      <c r="E31" s="12"/>
+      <c r="F31" s="12"/>
+      <c r="G31" s="12"/>
+      <c r="H31" s="12"/>
+      <c r="I31" s="12"/>
+      <c r="J31" s="12"/>
+      <c r="K31" s="12"/>
+      <c r="L31" s="12"/>
+      <c r="M31" s="12"/>
+      <c r="N31" s="12"/>
+      <c r="O31" s="12"/>
+      <c r="P31" s="12"/>
+      <c r="Q31" s="12"/>
+      <c r="R31" s="12"/>
     </row>
     <row r="33" spans="2:18" x14ac:dyDescent="0.3">
       <c r="D33" s="2" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="34" spans="2:18" x14ac:dyDescent="0.3">
       <c r="D34" s="3"/>
       <c r="E34" s="2" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="36" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B36" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="D36" s="35" t="s">
+      <c r="D36" s="30" t="s">
         <v>123</v>
       </c>
-      <c r="E36" s="35"/>
-[...4 lines deleted...]
-      <c r="J36" s="35"/>
+      <c r="E36" s="30"/>
+      <c r="F36" s="30"/>
+      <c r="G36" s="30"/>
+      <c r="H36" s="30"/>
+      <c r="I36" s="30"/>
+      <c r="J36" s="30"/>
     </row>
     <row r="38" spans="2:18" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B38" s="36" t="s">
+      <c r="B38" s="33" t="s">
         <v>80</v>
       </c>
-      <c r="C38" s="37"/>
-[...4 lines deleted...]
-      <c r="I38" s="36" t="s">
+      <c r="C38" s="36"/>
+      <c r="D38" s="36"/>
+      <c r="E38" s="36"/>
+      <c r="F38" s="36"/>
+      <c r="G38" s="37"/>
+      <c r="I38" s="33" t="s">
         <v>88</v>
       </c>
-      <c r="J38" s="45"/>
-[...7 lines deleted...]
-      <c r="R38" s="46"/>
+      <c r="J38" s="34"/>
+      <c r="K38" s="34"/>
+      <c r="L38" s="34"/>
+      <c r="M38" s="34"/>
+      <c r="N38" s="34"/>
+      <c r="O38" s="34"/>
+      <c r="P38" s="34"/>
+      <c r="Q38" s="34"/>
+      <c r="R38" s="35"/>
     </row>
     <row r="39" spans="2:18" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B39" s="39"/>
-[...1 lines deleted...]
-      <c r="D39" s="41" t="s">
+      <c r="B39" s="38"/>
+      <c r="C39" s="39"/>
+      <c r="D39" s="40" t="s">
         <v>81</v>
       </c>
-      <c r="E39" s="40"/>
-      <c r="F39" s="41" t="s">
+      <c r="E39" s="39"/>
+      <c r="F39" s="40" t="s">
         <v>82</v>
       </c>
-      <c r="G39" s="42"/>
-[...2 lines deleted...]
-      <c r="K39" s="43" t="s">
+      <c r="G39" s="41"/>
+      <c r="I39" s="38"/>
+      <c r="J39" s="39"/>
+      <c r="K39" s="31" t="s">
         <v>89</v>
       </c>
-      <c r="L39" s="43"/>
-      <c r="M39" s="43" t="s">
+      <c r="L39" s="31"/>
+      <c r="M39" s="31" t="s">
         <v>90</v>
       </c>
-      <c r="N39" s="43"/>
-      <c r="O39" s="43" t="s">
+      <c r="N39" s="31"/>
+      <c r="O39" s="31" t="s">
         <v>81</v>
       </c>
-      <c r="P39" s="43"/>
-      <c r="Q39" s="43" t="s">
+      <c r="P39" s="31"/>
+      <c r="Q39" s="31" t="s">
         <v>91</v>
       </c>
-      <c r="R39" s="44"/>
+      <c r="R39" s="32"/>
     </row>
     <row r="40" spans="2:18" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B40" s="33" t="s">
+      <c r="B40" s="42" t="s">
         <v>94</v>
       </c>
-      <c r="C40" s="33"/>
-[...4 lines deleted...]
-      <c r="I40" s="32" t="s">
+      <c r="C40" s="42"/>
+      <c r="D40" s="43"/>
+      <c r="E40" s="43"/>
+      <c r="F40" s="43"/>
+      <c r="G40" s="43"/>
+      <c r="I40" s="46" t="s">
         <v>83</v>
       </c>
-      <c r="J40" s="32"/>
-[...4 lines deleted...]
-      <c r="O40" s="24">
+      <c r="J40" s="46"/>
+      <c r="K40" s="43"/>
+      <c r="L40" s="43"/>
+      <c r="M40" s="43"/>
+      <c r="N40" s="43"/>
+      <c r="O40" s="44">
         <f>K40*M40</f>
         <v>0</v>
       </c>
-      <c r="P40" s="24"/>
-      <c r="Q40" s="30" t="s">
+      <c r="P40" s="44"/>
+      <c r="Q40" s="47" t="s">
         <v>92</v>
       </c>
-      <c r="R40" s="31"/>
+      <c r="R40" s="48"/>
     </row>
     <row r="41" spans="2:18" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B41" s="33" t="s">
+      <c r="B41" s="42" t="s">
         <v>95</v>
       </c>
-      <c r="C41" s="33"/>
-[...4 lines deleted...]
-      <c r="I41" s="32" t="s">
+      <c r="C41" s="42"/>
+      <c r="D41" s="43"/>
+      <c r="E41" s="43"/>
+      <c r="F41" s="43"/>
+      <c r="G41" s="43"/>
+      <c r="I41" s="46" t="s">
         <v>84</v>
       </c>
-      <c r="J41" s="32"/>
-[...4 lines deleted...]
-      <c r="O41" s="30" t="s">
+      <c r="J41" s="46"/>
+      <c r="K41" s="43"/>
+      <c r="L41" s="43"/>
+      <c r="M41" s="43"/>
+      <c r="N41" s="43"/>
+      <c r="O41" s="47" t="s">
         <v>92</v>
       </c>
-      <c r="P41" s="31"/>
-      <c r="Q41" s="24">
+      <c r="P41" s="48"/>
+      <c r="Q41" s="44">
         <f>K41*M41</f>
         <v>0</v>
       </c>
-      <c r="R41" s="24"/>
+      <c r="R41" s="44"/>
     </row>
     <row r="42" spans="2:18" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B42" s="33" t="s">
+      <c r="B42" s="42" t="s">
         <v>96</v>
       </c>
-      <c r="C42" s="33"/>
-[...4 lines deleted...]
-      <c r="I42" s="33" t="s">
+      <c r="C42" s="42"/>
+      <c r="D42" s="43"/>
+      <c r="E42" s="43"/>
+      <c r="F42" s="43"/>
+      <c r="G42" s="43"/>
+      <c r="I42" s="42" t="s">
         <v>85</v>
       </c>
-      <c r="J42" s="33"/>
-[...2 lines deleted...]
-      <c r="M42" s="24">
+      <c r="J42" s="42"/>
+      <c r="K42" s="43"/>
+      <c r="L42" s="43"/>
+      <c r="M42" s="44">
         <v>13</v>
       </c>
-      <c r="N42" s="24"/>
-      <c r="O42" s="24">
+      <c r="N42" s="44"/>
+      <c r="O42" s="44">
         <f t="shared" ref="O42:O44" si="0">K42*M42</f>
         <v>0</v>
       </c>
-      <c r="P42" s="24"/>
-      <c r="Q42" s="24" t="s">
+      <c r="P42" s="44"/>
+      <c r="Q42" s="44" t="s">
         <v>93</v>
       </c>
-      <c r="R42" s="24"/>
+      <c r="R42" s="44"/>
     </row>
     <row r="43" spans="2:18" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B43" s="34" t="s">
+      <c r="B43" s="45" t="s">
         <v>99</v>
       </c>
-      <c r="C43" s="34"/>
-[...4 lines deleted...]
-      <c r="I43" s="33" t="s">
+      <c r="C43" s="45"/>
+      <c r="D43" s="10"/>
+      <c r="E43" s="10"/>
+      <c r="F43" s="10"/>
+      <c r="G43" s="10"/>
+      <c r="I43" s="42" t="s">
         <v>86</v>
       </c>
-      <c r="J43" s="33"/>
-[...2 lines deleted...]
-      <c r="M43" s="24">
+      <c r="J43" s="42"/>
+      <c r="K43" s="43"/>
+      <c r="L43" s="43"/>
+      <c r="M43" s="44">
         <v>15</v>
       </c>
-      <c r="N43" s="24"/>
-      <c r="O43" s="24">
+      <c r="N43" s="44"/>
+      <c r="O43" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="P43" s="24"/>
-      <c r="Q43" s="24" t="s">
+      <c r="P43" s="44"/>
+      <c r="Q43" s="44" t="s">
         <v>93</v>
       </c>
-      <c r="R43" s="24"/>
+      <c r="R43" s="44"/>
     </row>
     <row r="44" spans="2:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B44" s="6"/>
       <c r="C44" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="D44" s="24">
+      <c r="D44" s="44">
         <f>B44*0.7</f>
         <v>0</v>
       </c>
-      <c r="E44" s="24"/>
-      <c r="F44" s="24" t="s">
+      <c r="E44" s="44"/>
+      <c r="F44" s="44" t="s">
         <v>93</v>
       </c>
-      <c r="G44" s="24"/>
-      <c r="I44" s="33" t="s">
+      <c r="G44" s="44"/>
+      <c r="I44" s="42" t="s">
         <v>87</v>
       </c>
-      <c r="J44" s="33"/>
-[...2 lines deleted...]
-      <c r="M44" s="24">
+      <c r="J44" s="42"/>
+      <c r="K44" s="43"/>
+      <c r="L44" s="43"/>
+      <c r="M44" s="44">
         <v>26</v>
       </c>
-      <c r="N44" s="24"/>
-      <c r="O44" s="24">
+      <c r="N44" s="44"/>
+      <c r="O44" s="44">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="P44" s="24"/>
-      <c r="Q44" s="24" t="s">
+      <c r="P44" s="44"/>
+      <c r="Q44" s="44" t="s">
         <v>93</v>
       </c>
-      <c r="R44" s="24"/>
+      <c r="R44" s="44"/>
     </row>
     <row r="45" spans="2:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B45" s="10" t="s">
+      <c r="B45" s="9" t="s">
         <v>98</v>
       </c>
-      <c r="C45" s="10"/>
-[...1 lines deleted...]
-        <f t="array" ref="D45">SUM(D40:E42+D44)</f>
+      <c r="C45" s="9"/>
+      <c r="D45" s="44">
+        <f>SUM(D40:E42,D44)</f>
         <v>0</v>
       </c>
-      <c r="E45" s="24"/>
-      <c r="F45" s="24">
+      <c r="E45" s="44"/>
+      <c r="F45" s="44">
         <f>SUM(F40:G42)</f>
         <v>0</v>
       </c>
-      <c r="G45" s="24"/>
-      <c r="M45" s="27" t="s">
+      <c r="G45" s="44"/>
+      <c r="M45" s="49" t="s">
         <v>100</v>
       </c>
-      <c r="N45" s="27"/>
-[...1 lines deleted...]
-        <f t="array" ref="O45">SUM(O40+O42:P44)</f>
+      <c r="N45" s="49"/>
+      <c r="O45" s="44">
+        <f>SUM(O40,O42:P44)</f>
         <v>0</v>
       </c>
-      <c r="P45" s="24"/>
-      <c r="Q45" s="24">
+      <c r="P45" s="44"/>
+      <c r="Q45" s="44">
         <f>Q41</f>
         <v>0</v>
       </c>
-      <c r="R45" s="24"/>
+      <c r="R45" s="44"/>
     </row>
     <row r="46" spans="2:18" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="M46" s="28" t="s">
+      <c r="M46" s="55" t="s">
         <v>98</v>
       </c>
-      <c r="N46" s="28"/>
-      <c r="O46" s="24">
+      <c r="N46" s="55"/>
+      <c r="O46" s="44">
         <f>+D45</f>
         <v>0</v>
       </c>
-      <c r="P46" s="24"/>
-      <c r="Q46" s="24">
+      <c r="P46" s="44"/>
+      <c r="Q46" s="44">
         <f>F45</f>
         <v>0</v>
       </c>
-      <c r="R46" s="24"/>
-[...2 lines deleted...]
-      <c r="B47" s="52" t="s">
+      <c r="R46" s="44"/>
+    </row>
+    <row r="47" spans="2:18" ht="23.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B47" s="24" t="s">
         <v>106</v>
       </c>
-      <c r="C47" s="52"/>
-[...5 lines deleted...]
-      <c r="M47" s="29" t="s">
+      <c r="C47" s="24"/>
+      <c r="D47" s="24"/>
+      <c r="E47" s="24"/>
+      <c r="F47" s="24"/>
+      <c r="G47" s="24"/>
+      <c r="H47" s="24"/>
+      <c r="M47" s="50" t="s">
         <v>101</v>
       </c>
-      <c r="N47" s="29"/>
-[...3 lines deleted...]
-      <c r="R47" s="25"/>
+      <c r="N47" s="50"/>
+      <c r="O47" s="43"/>
+      <c r="P47" s="43"/>
+      <c r="Q47" s="43"/>
+      <c r="R47" s="43"/>
     </row>
     <row r="48" spans="2:18" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B48" s="16" t="s">
+      <c r="B48" s="15" t="s">
         <v>107</v>
       </c>
-      <c r="C48" s="16" t="s">
+      <c r="C48" s="15" t="s">
         <v>108</v>
       </c>
-      <c r="D48" s="16" t="s">
+      <c r="D48" s="15" t="s">
         <v>109</v>
       </c>
-      <c r="E48" s="16" t="s">
+      <c r="E48" s="15" t="s">
         <v>110</v>
       </c>
-      <c r="F48" s="16" t="s">
+      <c r="F48" s="15" t="s">
         <v>111</v>
       </c>
-      <c r="G48" s="52" t="s">
+      <c r="G48" s="24" t="s">
         <v>112</v>
       </c>
-      <c r="H48" s="52"/>
-      <c r="M48" s="28" t="s">
+      <c r="H48" s="24"/>
+      <c r="M48" s="51" t="s">
         <v>102</v>
       </c>
-      <c r="N48" s="28"/>
-[...3 lines deleted...]
-      <c r="R48" s="25"/>
+      <c r="N48" s="51"/>
+      <c r="O48" s="43"/>
+      <c r="P48" s="43"/>
+      <c r="Q48" s="43"/>
+      <c r="R48" s="43"/>
     </row>
     <row r="49" spans="2:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B49" s="18"/>
-[...6 lines deleted...]
-      <c r="M49" s="29" t="s">
+      <c r="B49" s="17"/>
+      <c r="C49" s="17"/>
+      <c r="D49" s="17"/>
+      <c r="E49" s="17"/>
+      <c r="F49" s="17"/>
+      <c r="G49" s="22"/>
+      <c r="H49" s="23"/>
+      <c r="M49" s="52" t="s">
         <v>103</v>
       </c>
-      <c r="N49" s="29"/>
-      <c r="O49" s="24">
+      <c r="N49" s="52"/>
+      <c r="O49" s="44">
         <f>SUM(O45:P48)</f>
         <v>0</v>
       </c>
-      <c r="P49" s="24"/>
-      <c r="Q49" s="24">
+      <c r="P49" s="44"/>
+      <c r="Q49" s="44">
         <f>SUM(Q45:R48)</f>
         <v>0</v>
       </c>
-      <c r="R49" s="24"/>
+      <c r="R49" s="44"/>
     </row>
     <row r="50" spans="2:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B50" s="18"/>
-[...6 lines deleted...]
-      <c r="M50" s="26" t="s">
+      <c r="B50" s="17"/>
+      <c r="C50" s="17"/>
+      <c r="D50" s="17"/>
+      <c r="E50" s="17"/>
+      <c r="F50" s="17"/>
+      <c r="G50" s="22"/>
+      <c r="H50" s="23"/>
+      <c r="M50" s="56" t="s">
         <v>104</v>
       </c>
-      <c r="N50" s="26"/>
-[...5 lines deleted...]
-      <c r="Q50" s="22"/>
+      <c r="N50" s="56"/>
+      <c r="O50" s="53" t="s">
+        <v>125</v>
+      </c>
+      <c r="P50" s="54"/>
+      <c r="Q50" s="54"/>
+      <c r="R50" s="54"/>
     </row>
     <row r="51" spans="2:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="M51" s="26" t="s">
+      <c r="M51" s="56" t="s">
         <v>105</v>
       </c>
-      <c r="N51" s="26"/>
-      <c r="O51" s="9"/>
+      <c r="N51" s="56"/>
+      <c r="O51" s="21"/>
       <c r="P51" s="8"/>
       <c r="Q51" s="8"/>
       <c r="R51" s="8"/>
     </row>
     <row r="52" spans="2:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B52" s="52" t="s">
-[...7 lines deleted...]
-      <c r="H52" s="52"/>
+      <c r="B52" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="C52" s="24"/>
+      <c r="D52" s="24"/>
+      <c r="E52" s="24"/>
+      <c r="F52" s="24"/>
+      <c r="G52" s="24"/>
+      <c r="H52" s="24"/>
     </row>
     <row r="53" spans="2:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B53" s="16" t="s">
+      <c r="B53" s="15" t="s">
         <v>107</v>
       </c>
-      <c r="C53" s="16" t="s">
+      <c r="C53" s="15" t="s">
         <v>108</v>
       </c>
-      <c r="D53" s="16" t="s">
+      <c r="D53" s="15" t="s">
         <v>109</v>
       </c>
-      <c r="E53" s="16" t="s">
+      <c r="E53" s="15" t="s">
         <v>110</v>
       </c>
-      <c r="F53" s="16" t="s">
+      <c r="F53" s="15" t="s">
         <v>111</v>
       </c>
-      <c r="G53" s="52" t="s">
+      <c r="G53" s="24" t="s">
         <v>112</v>
       </c>
-      <c r="H53" s="52"/>
+      <c r="H53" s="24"/>
     </row>
     <row r="54" spans="2:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B54" s="18"/>
-[...5 lines deleted...]
-      <c r="H54" s="54"/>
+      <c r="B54" s="17"/>
+      <c r="C54" s="17"/>
+      <c r="D54" s="17"/>
+      <c r="E54" s="17"/>
+      <c r="F54" s="17"/>
+      <c r="G54" s="22"/>
+      <c r="H54" s="23"/>
     </row>
     <row r="55" spans="2:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B55" s="18"/>
-[...5 lines deleted...]
-      <c r="H55" s="54"/>
+      <c r="B55" s="17"/>
+      <c r="C55" s="17"/>
+      <c r="D55" s="17"/>
+      <c r="E55" s="17"/>
+      <c r="F55" s="17"/>
+      <c r="G55" s="22"/>
+      <c r="H55" s="23"/>
     </row>
     <row r="56" spans="2:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B56" s="19"/>
-[...5 lines deleted...]
-      <c r="H56" s="20"/>
+      <c r="B56" s="18"/>
+      <c r="C56" s="18"/>
+      <c r="D56" s="18"/>
+      <c r="E56" s="18"/>
+      <c r="F56" s="18"/>
+      <c r="G56" s="19"/>
+      <c r="H56" s="19"/>
     </row>
     <row r="57" spans="2:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B57" s="19"/>
-[...5 lines deleted...]
-      <c r="H57" s="20"/>
+      <c r="B57" s="18"/>
+      <c r="C57" s="18"/>
+      <c r="D57" s="18"/>
+      <c r="E57" s="18"/>
+      <c r="F57" s="18"/>
+      <c r="G57" s="19"/>
+      <c r="H57" s="19"/>
     </row>
     <row r="58" spans="2:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="59" spans="2:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B59" s="3" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="60" spans="2:19" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B60" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="D60" s="15"/>
-[...11 lines deleted...]
-      <c r="P60" s="15"/>
+      <c r="D60" s="14"/>
+      <c r="E60" s="14"/>
+      <c r="F60" s="14"/>
+      <c r="G60" s="14"/>
+      <c r="H60" s="14"/>
+      <c r="I60" s="14"/>
+      <c r="J60" s="14"/>
+      <c r="K60" s="14"/>
+      <c r="L60" s="14"/>
+      <c r="M60" s="14"/>
+      <c r="N60" s="14"/>
+      <c r="O60" s="14"/>
+      <c r="P60" s="14"/>
       <c r="Q60" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="R60" s="15"/>
-      <c r="S60" s="15"/>
+      <c r="R60" s="14"/>
+      <c r="S60" s="14"/>
     </row>
     <row r="61" spans="2:19" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B61" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="F61" s="17"/>
-[...9 lines deleted...]
-      <c r="P61" s="17"/>
+      <c r="F61" s="16"/>
+      <c r="G61" s="16"/>
+      <c r="H61" s="16"/>
+      <c r="I61" s="16"/>
+      <c r="J61" s="16"/>
+      <c r="K61" s="16"/>
+      <c r="L61" s="16"/>
+      <c r="M61" s="16"/>
+      <c r="N61" s="16"/>
+      <c r="O61" s="16"/>
+      <c r="P61" s="16"/>
       <c r="Q61" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="R61" s="17"/>
-      <c r="S61" s="17"/>
+      <c r="R61" s="16"/>
+      <c r="S61" s="16"/>
     </row>
     <row r="62" spans="2:19" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B62" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="E62" s="21" t="s">
+      <c r="E62" s="20" t="s">
         <v>123</v>
       </c>
-      <c r="F62" s="21"/>
+      <c r="F62" s="20"/>
       <c r="H62" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="I62" s="15"/>
-[...9 lines deleted...]
-      <c r="S62" s="15"/>
+      <c r="I62" s="14"/>
+      <c r="J62" s="14"/>
+      <c r="K62" s="14"/>
+      <c r="L62" s="14"/>
+      <c r="M62" s="14"/>
+      <c r="N62" s="14"/>
+      <c r="O62" s="14"/>
+      <c r="P62" s="14"/>
+      <c r="Q62" s="14"/>
+      <c r="R62" s="14"/>
+      <c r="S62" s="14"/>
     </row>
     <row r="63" spans="2:19" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B63" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="C63" s="15"/>
-[...3 lines deleted...]
-      <c r="G63" s="14" t="s">
+      <c r="C63" s="14"/>
+      <c r="D63" s="14"/>
+      <c r="E63" s="14"/>
+      <c r="F63" s="14"/>
+      <c r="G63" s="13" t="s">
         <v>122</v>
       </c>
-      <c r="H63" s="14"/>
-[...5 lines deleted...]
-      <c r="N63" s="17"/>
+      <c r="H63" s="13"/>
+      <c r="I63" s="16"/>
+      <c r="J63" s="16"/>
+      <c r="K63" s="16"/>
+      <c r="L63" s="16"/>
+      <c r="M63" s="16"/>
+      <c r="N63" s="16"/>
       <c r="Q63" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="R63" s="17"/>
-      <c r="S63" s="17"/>
+      <c r="R63" s="16"/>
+      <c r="S63" s="16"/>
     </row>
     <row r="64" spans="2:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="65" ht="21.75" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="66" ht="21.75" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="67" ht="21.75" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="68" ht="21.75" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="69" ht="21.75" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="70" ht="21.75" customHeight="1" x14ac:dyDescent="0.3"/>
   </sheetData>
-  <mergeCells count="87">
-[...69 lines deleted...]
-    <mergeCell ref="Q44:R44"/>
+  <mergeCells count="88">
+    <mergeCell ref="Q48:R48"/>
+    <mergeCell ref="Q49:R49"/>
     <mergeCell ref="M50:N50"/>
     <mergeCell ref="M51:N51"/>
     <mergeCell ref="O45:P45"/>
     <mergeCell ref="O46:P46"/>
     <mergeCell ref="O47:P47"/>
     <mergeCell ref="O48:P48"/>
     <mergeCell ref="O49:P49"/>
     <mergeCell ref="M45:N45"/>
     <mergeCell ref="M46:N46"/>
     <mergeCell ref="M47:N47"/>
     <mergeCell ref="M48:N48"/>
     <mergeCell ref="M49:N49"/>
+    <mergeCell ref="O50:R50"/>
     <mergeCell ref="Q45:R45"/>
     <mergeCell ref="Q46:R46"/>
     <mergeCell ref="Q47:R47"/>
-    <mergeCell ref="Q48:R48"/>
-    <mergeCell ref="Q49:R49"/>
+    <mergeCell ref="Q40:R40"/>
+    <mergeCell ref="Q41:R41"/>
+    <mergeCell ref="Q42:R42"/>
+    <mergeCell ref="Q43:R43"/>
+    <mergeCell ref="Q44:R44"/>
+    <mergeCell ref="O40:P40"/>
+    <mergeCell ref="O41:P41"/>
+    <mergeCell ref="O42:P42"/>
+    <mergeCell ref="O43:P43"/>
+    <mergeCell ref="O44:P44"/>
+    <mergeCell ref="M40:N40"/>
+    <mergeCell ref="M41:N41"/>
+    <mergeCell ref="M42:N42"/>
+    <mergeCell ref="M43:N43"/>
+    <mergeCell ref="M44:N44"/>
+    <mergeCell ref="K40:L40"/>
+    <mergeCell ref="K41:L41"/>
+    <mergeCell ref="K42:L42"/>
+    <mergeCell ref="K43:L43"/>
+    <mergeCell ref="K44:L44"/>
+    <mergeCell ref="I40:J40"/>
+    <mergeCell ref="I41:J41"/>
+    <mergeCell ref="I42:J42"/>
+    <mergeCell ref="I43:J43"/>
+    <mergeCell ref="I44:J44"/>
+    <mergeCell ref="F42:G42"/>
+    <mergeCell ref="F44:G44"/>
+    <mergeCell ref="D45:E45"/>
+    <mergeCell ref="F45:G45"/>
+    <mergeCell ref="B42:C42"/>
+    <mergeCell ref="B43:C43"/>
+    <mergeCell ref="D42:E42"/>
+    <mergeCell ref="D44:E44"/>
+    <mergeCell ref="B40:C40"/>
+    <mergeCell ref="D40:E40"/>
+    <mergeCell ref="F40:G40"/>
+    <mergeCell ref="B41:C41"/>
+    <mergeCell ref="D41:E41"/>
+    <mergeCell ref="F41:G41"/>
+    <mergeCell ref="D36:J36"/>
+    <mergeCell ref="B38:G38"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="D39:E39"/>
+    <mergeCell ref="F39:G39"/>
+    <mergeCell ref="I39:J39"/>
+    <mergeCell ref="K39:L39"/>
+    <mergeCell ref="M39:N39"/>
+    <mergeCell ref="O39:P39"/>
+    <mergeCell ref="Q39:R39"/>
+    <mergeCell ref="I38:R38"/>
+    <mergeCell ref="L5:R5"/>
+    <mergeCell ref="C9:I9"/>
+    <mergeCell ref="M9:Q9"/>
+    <mergeCell ref="D11:J11"/>
+    <mergeCell ref="D15:E15"/>
+    <mergeCell ref="O15:P15"/>
+    <mergeCell ref="O16:P16"/>
+    <mergeCell ref="D16:E16"/>
+    <mergeCell ref="G15:H15"/>
+    <mergeCell ref="G16:H16"/>
+    <mergeCell ref="L15:M15"/>
+    <mergeCell ref="L16:M16"/>
+    <mergeCell ref="G54:H54"/>
+    <mergeCell ref="G55:H55"/>
+    <mergeCell ref="B47:H47"/>
+    <mergeCell ref="G48:H48"/>
+    <mergeCell ref="B52:H52"/>
+    <mergeCell ref="G53:H53"/>
+    <mergeCell ref="G49:H49"/>
+    <mergeCell ref="G50:H50"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="59" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <pageSetup scale="58" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{B50A5E9D-2878-4818-87B6-BCC6E800BA68}">
           <x14:formula1>
             <xm:f>Data!$A$1:$A$61</xm:f>
           </x14:formula1>
           <xm:sqref>D11:J11</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{54780A13-283D-4D98-8E91-6B5CB4153EAD}">
           <x14:formula1>
             <xm:f>Data!$A$64:$A$67</xm:f>
           </x14:formula1>
           <xm:sqref>D36:J36</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{DCBE8792-7047-4B60-B43A-3A1D933870B1}">
           <x14:formula1>
             <xm:f>Data!$A$69:$A$71</xm:f>
           </x14:formula1>
           <xm:sqref>E62:F62</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
@@ -2786,46 +2785,46 @@
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>OUT OF STATE TRAVEL AUTHORIZATI</vt:lpstr>
+      <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Data</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Lucy Lee</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>